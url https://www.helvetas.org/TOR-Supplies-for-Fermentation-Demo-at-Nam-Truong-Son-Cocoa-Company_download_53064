--- v0 (2025-11-24)
+++ v1 (2025-12-16)
@@ -1027,71 +1027,77 @@
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="816" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D66499">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Cung cấp dụng cụ đo lường </w:t>
       </w:r>
       <w:r w:rsidR="00BB07BE" w:rsidRPr="00D66499">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>phục vụ mô hình trình diễn, gồm:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4835F4D2" w14:textId="42F20ABB" w:rsidR="00B30CCF" w:rsidRPr="00D66499" w:rsidRDefault="00B30CCF" w:rsidP="00967AB8">
+    <w:p w14:paraId="4835F4D2" w14:textId="56F3D40F" w:rsidR="00B30CCF" w:rsidRPr="00D66499" w:rsidRDefault="007766BE" w:rsidP="00967AB8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:before="80" w:after="80" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="119" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D66499">
-[...4 lines deleted...]
-        <w:t>10 Nhiệt kế kỹ thuật số (Digital Thermometer): kiểm soát nhiệt độ trong quá trình lên men cacao</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B30CCF" w:rsidRPr="00D66499">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t>0 Nhiệt kế kỹ thuật số (Digital Thermometer): kiểm soát nhiệt độ trong quá trình lên men cacao</w:t>
       </w:r>
       <w:r w:rsidR="00FB4BF2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58FDEB56" w14:textId="5A928AFD" w:rsidR="00B30CCF" w:rsidRPr="00D66499" w:rsidRDefault="00B30CCF" w:rsidP="00967AB8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:before="80" w:after="80" w:line="252" w:lineRule="auto"/>
         <w:ind w:left="1134" w:right="119" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D66499">
         <w:rPr>
@@ -1960,103 +1966,102 @@
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="13BC9034" w14:textId="77777777" w:rsidR="00CE74BD" w:rsidRDefault="00CE74BD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="21D45B5E" w14:textId="77777777" w:rsidR="00CE74BD" w:rsidRDefault="00CE74BD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="2952A74A" w14:textId="77777777" w:rsidR="00CE74BD" w:rsidRDefault="00CE74BD"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Carlito">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Microsoft Sans Serif">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002AFF" w:usb1="C0000002" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1229612253"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="36488CD2" w14:textId="681DD400" w:rsidR="00D66499" w:rsidRDefault="00D66499">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
@@ -4948,53 +4953,54 @@
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="896090991">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1682972293">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="819420536">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="57439288">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1953051371">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="529800855">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="142"/>
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E03DF"/>
@@ -5258,50 +5264,51 @@
     <w:rsid w:val="006D4FD7"/>
     <w:rsid w:val="006E1E13"/>
     <w:rsid w:val="006E6B56"/>
     <w:rsid w:val="006E7270"/>
     <w:rsid w:val="006F2D38"/>
     <w:rsid w:val="00703564"/>
     <w:rsid w:val="00711D12"/>
     <w:rsid w:val="00715C32"/>
     <w:rsid w:val="00717546"/>
     <w:rsid w:val="00717694"/>
     <w:rsid w:val="0072025C"/>
     <w:rsid w:val="007251CE"/>
     <w:rsid w:val="0072682B"/>
     <w:rsid w:val="007279DE"/>
     <w:rsid w:val="0073349D"/>
     <w:rsid w:val="00734643"/>
     <w:rsid w:val="00735DFF"/>
     <w:rsid w:val="00744FC4"/>
     <w:rsid w:val="00746C83"/>
     <w:rsid w:val="007507D0"/>
     <w:rsid w:val="00754C50"/>
     <w:rsid w:val="007556DD"/>
     <w:rsid w:val="00755BFC"/>
     <w:rsid w:val="00774218"/>
     <w:rsid w:val="00774C2B"/>
+    <w:rsid w:val="007766BE"/>
     <w:rsid w:val="00776A63"/>
     <w:rsid w:val="007A0D66"/>
     <w:rsid w:val="007A1C85"/>
     <w:rsid w:val="007A48C9"/>
     <w:rsid w:val="007B162A"/>
     <w:rsid w:val="007B70E5"/>
     <w:rsid w:val="007B7905"/>
     <w:rsid w:val="007C297C"/>
     <w:rsid w:val="007C43C6"/>
     <w:rsid w:val="007C5619"/>
     <w:rsid w:val="007D0733"/>
     <w:rsid w:val="007E0CF8"/>
     <w:rsid w:val="007E1D52"/>
     <w:rsid w:val="007F3A58"/>
     <w:rsid w:val="008039DD"/>
     <w:rsid w:val="00805D17"/>
     <w:rsid w:val="00807FEE"/>
     <w:rsid w:val="00816A5D"/>
     <w:rsid w:val="008305AA"/>
     <w:rsid w:val="00831F6D"/>
     <w:rsid w:val="00837339"/>
     <w:rsid w:val="00846994"/>
     <w:rsid w:val="00847C80"/>
     <w:rsid w:val="00847F21"/>
     <w:rsid w:val="00852325"/>
@@ -5329,50 +5336,51 @@
     <w:rsid w:val="008E7699"/>
     <w:rsid w:val="008F1160"/>
     <w:rsid w:val="008F1831"/>
     <w:rsid w:val="008F2F74"/>
     <w:rsid w:val="008F43E2"/>
     <w:rsid w:val="009020DE"/>
     <w:rsid w:val="009153DD"/>
     <w:rsid w:val="00917CDC"/>
     <w:rsid w:val="00917FDD"/>
     <w:rsid w:val="00936AB8"/>
     <w:rsid w:val="00940A28"/>
     <w:rsid w:val="009411D5"/>
     <w:rsid w:val="00946912"/>
     <w:rsid w:val="009523CA"/>
     <w:rsid w:val="00956BAB"/>
     <w:rsid w:val="00963974"/>
     <w:rsid w:val="00967AB8"/>
     <w:rsid w:val="0097208F"/>
     <w:rsid w:val="00980836"/>
     <w:rsid w:val="0099047A"/>
     <w:rsid w:val="0099410B"/>
     <w:rsid w:val="009A5887"/>
     <w:rsid w:val="009D097C"/>
     <w:rsid w:val="009D3FDF"/>
     <w:rsid w:val="009E0C41"/>
+    <w:rsid w:val="009E1CF3"/>
     <w:rsid w:val="009E2ED4"/>
     <w:rsid w:val="009E5B4D"/>
     <w:rsid w:val="00A0319E"/>
     <w:rsid w:val="00A03E8E"/>
     <w:rsid w:val="00A05F57"/>
     <w:rsid w:val="00A15C26"/>
     <w:rsid w:val="00A21056"/>
     <w:rsid w:val="00A244E9"/>
     <w:rsid w:val="00A2494C"/>
     <w:rsid w:val="00A251A9"/>
     <w:rsid w:val="00A2585A"/>
     <w:rsid w:val="00A26432"/>
     <w:rsid w:val="00A3334A"/>
     <w:rsid w:val="00A34F6E"/>
     <w:rsid w:val="00A35DA6"/>
     <w:rsid w:val="00A37947"/>
     <w:rsid w:val="00A448DD"/>
     <w:rsid w:val="00A47925"/>
     <w:rsid w:val="00A52AF6"/>
     <w:rsid w:val="00A53E94"/>
     <w:rsid w:val="00A605E0"/>
     <w:rsid w:val="00A60CB8"/>
     <w:rsid w:val="00A674CF"/>
     <w:rsid w:val="00A7111C"/>
     <w:rsid w:val="00A72C85"/>
@@ -5543,51 +5551,51 @@
     <w:rsid w:val="63D32163"/>
     <w:rsid w:val="7F0D1332"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="72F2AE42"/>
   <w15:docId w15:val="{CF1568FB-F0B2-41F4-85C3-EA3A32E5DF3A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -6860,59 +6868,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E50AA61A8D2A9A48BCBCFE751DF554F1" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cf51f2a65c9eb95693dc2698b72a48ed">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="67086c23-3f29-4cbb-98f6-fc98568a00a9" xmlns:ns3="ecba6d00-af97-4ffb-9f7a-45ba6a3ca72f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d450aa3106dbf3372566afe6edf4bc92" ns2:_="" ns3:_="">
     <xsd:import namespace="67086c23-3f29-4cbb-98f6-fc98568a00a9"/>
     <xsd:import namespace="ecba6d00-af97-4ffb-9f7a-45ba6a3ca72f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:p3f829965d014770b9fbe18d5060e2a5" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -7111,144 +7110,153 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="ecba6d00-af97-4ffb-9f7a-45ba6a3ca72f" xsi:nil="true"/>
     <p3f829965d014770b9fbe18d5060e2a5 xmlns="67086c23-3f29-4cbb-98f6-fc98568a00a9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </p3f829965d014770b9fbe18d5060e2a5>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="67086c23-3f29-4cbb-98f6-fc98568a00a9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2618F485-A209-4D2A-9207-EC052A31CCCA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="67086c23-3f29-4cbb-98f6-fc98568a00a9"/>
     <ds:schemaRef ds:uri="ecba6d00-af97-4ffb-9f7a-45ba6a3ca72f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF1A7FA5-2D1B-49B1-988E-466727B518BB}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D3B954EF-E166-44A8-95D5-2A1A67FAA741}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8782A9E7-AE48-41BA-8EEE-89D0C99D012F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ecba6d00-af97-4ffb-9f7a-45ba6a3ca72f"/>
     <ds:schemaRef ds:uri="67086c23-3f29-4cbb-98f6-fc98568a00a9"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF1A7FA5-2D1B-49B1-988E-466727B518BB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>538</Words>
-  <Characters>3071</Characters>
+  <Words>765</Words>
+  <Characters>2845</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
+  <Lines>23</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>TOR LCA - EU Cocoa Project</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3602</CharactersWithSpaces>
+  <CharactersWithSpaces>3603</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>TOR LCA - EU Cocoa Project</dc:title>
   <dc:subject/>
   <dc:creator>Mac</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-11-10T00:00:00Z</vt:filetime>